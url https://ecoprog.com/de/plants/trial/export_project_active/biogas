--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Name/City</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Start of Operation</t>
   </si>
   <si>
     <t>Power generation capacity [kW]</t>
   </si>
   <si>
     <t>Use of biogas</t>
   </si>
   <si>
     <t>Abbotsford II</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
@@ -113,84 +113,87 @@
   <si>
     <t>Buenos Aires II</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Autonomous City of Buenos Aires</t>
   </si>
   <si>
     <t>Cascina Maggiore</t>
   </si>
   <si>
     <t>Lombardy</t>
   </si>
   <si>
     <t>Cingia de' Botti II</t>
   </si>
   <si>
     <t>Coronel Suárez</t>
   </si>
   <si>
     <t>Buenos Aires</t>
   </si>
   <si>
+    <t>Donghai County</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Jiangsu Province</t>
+  </si>
+  <si>
     <t>Entre Rios do Oeste</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Paraná</t>
   </si>
   <si>
     <t>Eppeville II</t>
   </si>
   <si>
     <t>Hauts-de-France</t>
   </si>
   <si>
     <t>Glansager</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Southern Denmark</t>
   </si>
   <si>
     <t>Highland</t>
   </si>
   <si>
     <t>Huai'an I</t>
-  </si>
-[...4 lines deleted...]
-    <t>Jiangsu Province</t>
   </si>
   <si>
     <t>Ivenack</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Mecklenburg-Vorpommern</t>
   </si>
   <si>
     <t>Janzé</t>
   </si>
   <si>
     <t>Brittany</t>
   </si>
   <si>
     <t>Kamp-Lintfort</t>
   </si>
   <si>
     <t>North Rhine-Westpalia</t>
   </si>
   <si>
     <t>Kings Hill</t>
   </si>
@@ -657,51 +660,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F40"/>
+  <dimension ref="A1:F41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
@@ -881,637 +884,657 @@
         <v>26</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="1">
         <v>2023</v>
       </c>
       <c r="E10">
         <v>550</v>
       </c>
       <c r="F10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="D11" s="1">
-[...3 lines deleted...]
-        <v>480</v>
+      <c r="D11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
+        <v>9</v>
       </c>
       <c r="F11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12" s="1">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="E12">
-        <v>2000</v>
+        <v>480</v>
       </c>
       <c r="F12" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="1">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2017</v>
+      </c>
+      <c r="E13">
+        <v>2000</v>
       </c>
       <c r="F13" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="D14" s="1">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>3000</v>
+        <v>2020</v>
+      </c>
+      <c r="E14" t="s">
+        <v>9</v>
       </c>
       <c r="F14" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="D15" s="1">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2022</v>
+      </c>
+      <c r="E15">
+        <v>3000</v>
       </c>
       <c r="F15" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="D16" s="1">
-        <v>2006</v>
-[...2 lines deleted...]
-        <v>800</v>
+        <v>2020</v>
+      </c>
+      <c r="E16" t="s">
+        <v>9</v>
       </c>
       <c r="F16" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" s="1">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2006</v>
+      </c>
+      <c r="E17">
+        <v>800</v>
       </c>
       <c r="F17" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" s="1">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C19" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" s="1">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>5000</v>
+        <v>2023</v>
+      </c>
+      <c r="E19" t="s">
+        <v>9</v>
       </c>
       <c r="F19" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D20" s="1">
         <v>2021</v>
       </c>
       <c r="E20">
-        <v>1103</v>
+        <v>5000</v>
       </c>
       <c r="F20" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" s="1">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2021</v>
+      </c>
+      <c r="E21">
+        <v>1103</v>
       </c>
       <c r="F21" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D22" s="1">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E22" t="s">
         <v>9</v>
       </c>
       <c r="F22" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...6 lines deleted...]
-        <v>9</v>
+      <c r="D23" s="1">
+        <v>2020</v>
       </c>
       <c r="E23" t="s">
         <v>9</v>
       </c>
       <c r="F23" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...9 lines deleted...]
-        <v>2200</v>
+      <c r="D24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>9</v>
       </c>
       <c r="F24" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" s="1">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2020</v>
+      </c>
+      <c r="E25">
+        <v>2200</v>
       </c>
       <c r="F25" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" s="1">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="E26" t="s">
         <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D27" s="1">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>1189</v>
+        <v>2025</v>
+      </c>
+      <c r="E27" t="s">
+        <v>9</v>
       </c>
       <c r="F27" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D28" s="1">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2017</v>
+      </c>
+      <c r="E28">
+        <v>1189</v>
       </c>
       <c r="F28" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D29" s="1">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" s="1">
-        <v>2005</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>2025</v>
+      </c>
+      <c r="E30" t="s">
+        <v>9</v>
       </c>
       <c r="F30" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D31" s="1">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2005</v>
+      </c>
+      <c r="E31">
+        <v>537</v>
       </c>
       <c r="F31" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="1" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="D32" s="1">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="E32" t="s">
         <v>9</v>
       </c>
       <c r="F32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C33" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" s="1">
-        <v>2009</v>
-[...2 lines deleted...]
-        <v>3100</v>
+        <v>2022</v>
+      </c>
+      <c r="E33" t="s">
+        <v>9</v>
       </c>
       <c r="F33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="1" t="s">
         <v>84</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="D34" s="1">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2009</v>
+      </c>
+      <c r="E34">
+        <v>3100</v>
       </c>
       <c r="F34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="1" t="s">
         <v>85</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>86</v>
+        <v>22</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D35" s="1">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>2024</v>
+      </c>
+      <c r="E35" t="s">
+        <v>9</v>
       </c>
       <c r="F35" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D36" s="1">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2022</v>
+      </c>
+      <c r="E36">
+        <v>780</v>
       </c>
       <c r="F36" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" s="1">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>21600</v>
+        <v>2024</v>
+      </c>
+      <c r="E37" t="s">
+        <v>9</v>
       </c>
       <c r="F37" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D38" s="1">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>2018</v>
+      </c>
+      <c r="E38">
+        <v>21600</v>
       </c>
       <c r="F38" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D39" s="1">
         <v>2023</v>
       </c>
-      <c r="E39">
-        <v>5625</v>
+      <c r="E39" t="s">
+        <v>9</v>
       </c>
       <c r="F39" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="D40" s="1">
+        <v>2023</v>
+      </c>
+      <c r="E40">
+        <v>5625</v>
+      </c>
+      <c r="F40" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="C40" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D40" s="1">
+      <c r="C41" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D41" s="1">
         <v>2018</v>
       </c>
-      <c r="E40" t="s">
-[...2 lines deleted...]
-      <c r="F40" t="s">
+      <c r="E41" t="s">
+        <v>9</v>
+      </c>
+      <c r="F41" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>