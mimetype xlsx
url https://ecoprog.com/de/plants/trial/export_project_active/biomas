--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -56,51 +56,51 @@
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>Keski-Suomi</t>
   </si>
   <si>
     <t>Bergkamen</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Nordrhein-Westfahlen</t>
   </si>
   <si>
     <t>Cay</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Afyon</t>
   </si>
   <si>
-    <t>Cubillos del Sil 1</t>
+    <t>Cubillos del Sil power station</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Castile and León</t>
   </si>
   <si>
     <t>Dilasag 1</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Aurora</t>
   </si>
   <si>
     <t>Ernsthofen</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>Niederösterreich</t>
   </si>
@@ -560,51 +560,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="1"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>5</v>
@@ -648,51 +648,51 @@
       </c>
       <c r="C4" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D4" s="1">
         <v>2019</v>
       </c>
       <c r="E4">
         <v>27.0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="1">
         <v>2020</v>
       </c>
       <c r="E5">
-        <v>49.9</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1">
         <v>2011</v>
       </c>
       <c r="E6">
         <v>1.5</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>21</v>