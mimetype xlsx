--- v0 (2025-10-22)
+++ v1 (2026-01-22)
@@ -1309,51 +1309,51 @@
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>82</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>22</v>
       </c>
       <c r="F25">
-        <v>170139</v>
+        <v>170000</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>84</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>14</v>
       </c>
       <c r="F26" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="1" t="s">
         <v>86</v>