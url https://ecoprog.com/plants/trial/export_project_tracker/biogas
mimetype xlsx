--- v1 (2025-12-05)
+++ v2 (2026-03-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Power generation capacity [kW]</t>
   </si>
   <si>
     <t>Use of biogas</t>
   </si>
   <si>
     <t>Start of operation</t>
   </si>
   <si>
     <t>Inserted</t>
   </si>
   <si>
@@ -89,147 +89,150 @@
   <si>
     <t>Aroeira</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>2023-04-18</t>
   </si>
   <si>
     <t>2023-06-07</t>
   </si>
   <si>
     <t>Vihanti</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>2022-04-05</t>
   </si>
   <si>
     <t>2025-01-20</t>
   </si>
   <si>
+    <t>Chinhoyi</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>2022-08-11</t>
+  </si>
+  <si>
+    <t>2025-06-17</t>
+  </si>
+  <si>
+    <t>Heek</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>biomethane (grid)</t>
+  </si>
+  <si>
+    <t>2023-02-22</t>
+  </si>
+  <si>
     <t>Tirumala</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
+    <t>biomethane (fuel)</t>
+  </si>
+  <si>
     <t>2022-07-15</t>
   </si>
   <si>
-    <t>2024-11-29</t>
-[...23 lines deleted...]
-    <t>2023-02-22</t>
+    <t>2025-12-16</t>
   </si>
   <si>
     <t>approved</t>
   </si>
   <si>
     <t>Vendeuvre I</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>2019-05-28</t>
   </si>
   <si>
     <t>Mogliane</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>2023-05-22</t>
   </si>
   <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>Bilbao</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>2023-03-13</t>
+  </si>
+  <si>
+    <t>2025-07-28</t>
+  </si>
+  <si>
+    <t>San Antonio</t>
+  </si>
+  <si>
+    <t>USA</t>
+  </si>
+  <si>
+    <t>2022-08-19</t>
+  </si>
+  <si>
+    <t>2025-06-09</t>
+  </si>
+  <si>
+    <t>planned</t>
+  </si>
+  <si>
+    <t>Westbury</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>2021-12-07</t>
+  </si>
+  <si>
     <t>2025-05-20</t>
-  </si>
-[...37 lines deleted...]
-    <t>2021-12-07</t>
   </si>
   <si>
     <t>Abbotsford III</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>2022-08-17</t>
   </si>
   <si>
     <t>Brønderslev III</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>2023-03-22</t>
   </si>
   <si>
     <t>München VI</t>
   </si>
   <si>
     <t>Casablanca</t>
   </si>
@@ -785,495 +788,495 @@
       </c>
       <c r="H5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>31</v>
+      </c>
+      <c r="G6" s="1">
+        <v>2025</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G10" s="1">
         <v>2026</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G11" s="1">
         <v>2027</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>58</v>
-      </c>
-[...16 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E17" s="1">
         <v>1000</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="1">
         <v>2025</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">