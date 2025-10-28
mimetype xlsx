--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Capacity [t/a for plants; t/h for units]</t>
   </si>
   <si>
     <t>Start of operation</t>
   </si>
   <si>
     <t>Year of awarding</t>
   </si>
   <si>
     <t>Plant or Unit</t>
   </si>
   <si>
@@ -83,93 +83,90 @@
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>2023-06-09</t>
   </si>
   <si>
     <t>2023-10-17</t>
   </si>
   <si>
     <t>Singapore Integrated Waste Management Phase I</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>Plant</t>
   </si>
   <si>
     <t>2020-04-28</t>
   </si>
   <si>
     <t>2024-06-03</t>
   </si>
   <si>
+    <t>2020-09-01</t>
+  </si>
+  <si>
+    <t>2023-06-07</t>
+  </si>
+  <si>
+    <t>Mumias East</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>2018-06-25</t>
+  </si>
+  <si>
+    <t>2023-12-12</t>
+  </si>
+  <si>
+    <t>Barueri</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>2016-04-12</t>
+  </si>
+  <si>
+    <t>2025-10-17</t>
+  </si>
+  <si>
+    <t>2024-06-21</t>
+  </si>
+  <si>
     <t>Nantes East New</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>2025-01-02</t>
-  </si>
-[...34 lines deleted...]
-    <t>2024-06-21</t>
   </si>
   <si>
     <t>planned</t>
   </si>
   <si>
     <t>Latrobe Valley</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>2017-07-24</t>
   </si>
   <si>
     <t>2024-08-23</t>
   </si>
   <si>
     <t>2023-12-19</t>
   </si>
   <si>
     <t>2024-03-07</t>
   </si>
   <si>
     <t>Guangzong County</t>
   </si>
@@ -636,51 +633,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J40"/>
+  <dimension ref="A1:J41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="1"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="48.274" bestFit="true" customWidth="true" style="1"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="1"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="1"/>
     <col min="8" max="8" width="16.425" bestFit="true" customWidth="true" style="1"/>
     <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="1"/>
     <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
@@ -760,1224 +757,1256 @@
       </c>
       <c r="F3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E4" s="1">
-        <v>270000</v>
+        <v>37.5</v>
       </c>
       <c r="F4" s="1">
         <v>2025</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E5" s="1">
-        <v>35.2</v>
+        <v>37.5</v>
       </c>
       <c r="F5" s="1">
         <v>2025</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="1">
         <v>37.5</v>
       </c>
       <c r="F6" s="1">
         <v>2025</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="1">
         <v>37.5</v>
       </c>
       <c r="F7" s="1">
         <v>2025</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E8" s="1">
-        <v>37.5</v>
+        <v>292000</v>
       </c>
       <c r="F8" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E9" s="1">
-        <v>37.5</v>
+        <v>38</v>
       </c>
       <c r="F9" s="1">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E10" s="1">
-        <v>292000</v>
+        <v>317550</v>
       </c>
       <c r="F10" s="1">
-        <v>2026</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>2027</v>
+      </c>
+      <c r="G10" s="1">
+        <v>2018</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="1">
-        <v>38</v>
+        <v>41.3</v>
       </c>
       <c r="F11" s="1">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E12" s="1">
-        <v>317550</v>
+        <v>270000</v>
       </c>
       <c r="F12" s="1">
-        <v>2027</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>2029</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E13" s="1">
-        <v>41.3</v>
+        <v>17.6</v>
       </c>
       <c r="F13" s="1">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E14" s="1">
-        <v>375000</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17.6</v>
+      </c>
+      <c r="F14" s="1">
+        <v>2029</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="D15" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="E15" s="1">
+        <v>375000</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I15" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="E15" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J15" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="D16" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="D16" s="1" t="s">
-[...3 lines deleted...]
-        <v>48.8</v>
+      <c r="E16" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="1" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="E17" s="1">
-        <v>146000</v>
+        <v>48.8</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G17" s="1">
-        <v>2023</v>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E18" s="1">
-        <v>9.5</v>
+        <v>146000</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G18" s="1" t="s">
-        <v>14</v>
+      <c r="G18" s="1">
+        <v>2023</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J18" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="1">
         <v>9.5</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E20" s="1">
-        <v>100000</v>
+        <v>9.5</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="D21" s="1" t="s">
+      <c r="E21" s="1">
+        <v>100000</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="E21" s="1">
-[...11 lines deleted...]
-      <c r="I21" s="1" t="s">
+      <c r="J21" s="1" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E22" s="1">
-        <v>4.8</v>
+        <v>13</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E23" s="1">
-        <v>12.5</v>
-[...2 lines deleted...]
-        <v>2026</v>
+        <v>4.8</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="E24" s="1">
-        <v>25000</v>
+        <v>12.5</v>
       </c>
       <c r="F24" s="1">
-        <v>2027</v>
+        <v>2026</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="1">
-        <v>3.3</v>
+        <v>25000</v>
       </c>
       <c r="F25" s="1">
         <v>2027</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I25" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="J25" s="1" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="E26" s="1">
-        <v>182500</v>
+        <v>3.3</v>
       </c>
       <c r="F26" s="1">
         <v>2027</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C27" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D27" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="1">
-        <v>23.8</v>
+        <v>182500</v>
       </c>
       <c r="F27" s="1">
         <v>2027</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I27" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="J27" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="E28" s="1">
-        <v>240000</v>
+        <v>23.8</v>
       </c>
       <c r="F28" s="1">
         <v>2027</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="1">
-        <v>31.2</v>
+        <v>240000</v>
       </c>
       <c r="F29" s="1">
         <v>2027</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I29" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="J29" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E30" s="1">
-        <v>15000</v>
+        <v>31.2</v>
       </c>
       <c r="F30" s="1">
-        <v>2028</v>
+        <v>2027</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C31" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="D31" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="1">
-        <v>19.5</v>
+        <v>15000</v>
       </c>
       <c r="F31" s="1">
         <v>2028</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I31" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J31" s="1" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E32" s="1">
-        <v>70810</v>
+        <v>19.5</v>
       </c>
       <c r="F32" s="1">
         <v>2028</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C33" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D33" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="1">
-        <v>4.6</v>
+        <v>70810</v>
       </c>
       <c r="F33" s="1">
         <v>2028</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C34" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E34" s="1">
         <v>4.6</v>
       </c>
       <c r="F34" s="1">
         <v>2028</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I34" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="J34" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>76</v>
+      </c>
+      <c r="E35" s="1">
+        <v>4.6</v>
+      </c>
+      <c r="F35" s="1">
+        <v>2028</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C36" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="D36" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="D36" s="1" t="s">
+      <c r="E36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>82</v>
-      </c>
-[...13 lines deleted...]
-        <v>83</v>
       </c>
       <c r="J36" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B37" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="C37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="1" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>1460000</v>
+        <v>81</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C38" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="1">
+        <v>1460000</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="E38" s="1">
-[...11 lines deleted...]
-      <c r="I38" s="1" t="s">
+      <c r="J38" s="1" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>2029</v>
+        <v>85</v>
+      </c>
+      <c r="E39" s="1">
+        <v>190.104166667</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="1">
         <v>2029</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>74</v>
+        <v>90</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F41" s="1">
+        <v>2029</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">