--- v3 (2025-12-10)
+++ v4 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Capacity [t/a for plants; t/h for units]</t>
   </si>
   <si>
     <t>Start of operation</t>
   </si>
   <si>
     <t>Year of awarding</t>
   </si>
   <si>
     <t>Plant or Unit</t>
   </si>
   <si>
@@ -116,50 +116,62 @@
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>2018-06-25</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
     <t>Barueri</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>2016-04-12</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
   <si>
     <t>2024-06-21</t>
   </si>
   <si>
+    <t>Suwałki RDF</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>2021-09-21</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
     <t>Nantes East New</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>2025-01-02</t>
   </si>
   <si>
     <t>planned</t>
   </si>
   <si>
     <t>Latrobe Valley</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>2017-07-24</t>
   </si>
   <si>
     <t>2024-08-23</t>
   </si>
   <si>
     <t>2023-12-19</t>
@@ -188,62 +200,50 @@
   <si>
     <t>2021-09-02</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>Šala</t>
   </si>
   <si>
     <t>2019-10-15</t>
   </si>
   <si>
     <t>2025-11-28</t>
   </si>
   <si>
     <t>Gyeonggi Guri-si</t>
   </si>
   <si>
     <t>South Korea</t>
   </si>
   <si>
     <t>2023-10-09</t>
   </si>
   <si>
-    <t>Suwałki RDF</t>
-[...10 lines deleted...]
-  <si>
     <t>Samut Sakhon TES TCN</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>2018-02-05</t>
   </si>
   <si>
     <t>2024-05-08</t>
   </si>
   <si>
     <t>Port Elphinstone</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>2019-11-25</t>
   </si>
   <si>
     <t>2023-06-19</t>
   </si>
   <si>
     <t>2023-05-15</t>
@@ -273,53 +273,50 @@
     <t>2025-11-14</t>
   </si>
   <si>
     <t>discussed</t>
   </si>
   <si>
     <t>Cambodia Thien Y</t>
   </si>
   <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>2025-01-17</t>
   </si>
   <si>
     <t>2025-02-25</t>
   </si>
   <si>
     <t>Doral New</t>
   </si>
   <si>
     <t>USA</t>
   </si>
   <si>
     <t>2022-08-01</t>
-  </si>
-[...1 lines deleted...]
-    <t>2025-10-31</t>
   </si>
   <si>
     <t>2025-02-03</t>
   </si>
   <si>
     <t>Sens New</t>
   </si>
   <si>
     <t>2024-05-31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1019,778 +1016,778 @@
       </c>
       <c r="H11" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="1">
-        <v>270000</v>
+        <v>25000</v>
       </c>
       <c r="F12" s="1">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E13" s="1">
-        <v>17.6</v>
+        <v>3.3</v>
       </c>
       <c r="F13" s="1">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E14" s="1">
-        <v>17.6</v>
+        <v>270000</v>
       </c>
       <c r="F14" s="1">
         <v>2029</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="J14" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="1">
-        <v>375000</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17.6</v>
+      </c>
+      <c r="F15" s="1">
+        <v>2029</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="E16" s="1" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="E16" s="1">
+        <v>17.6</v>
+      </c>
+      <c r="F16" s="1">
+        <v>2029</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E17" s="1">
-        <v>48.8</v>
+        <v>375000</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>146000</v>
+        <v>43</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G18" s="1">
-        <v>2023</v>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C19" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="1">
+        <v>48.8</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>44</v>
-      </c>
-[...16 lines deleted...]
-        <v>45</v>
       </c>
       <c r="J19" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="A20" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E20" s="1">
-        <v>9.5</v>
+        <v>146000</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="G20" s="1" t="s">
-        <v>14</v>
+      <c r="G20" s="1">
+        <v>2023</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="A21" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="1">
+        <v>9.5</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>49</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
       <c r="J21" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="A22" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="1">
+        <v>9.5</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="E22" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="J22" s="1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="A23" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E23" s="1">
         <v>13</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:10">
       <c r="A24" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="E24" s="1">
-        <v>4.8</v>
+        <v>100000</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25" spans="1:10">
       <c r="A25" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C25" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" s="1">
+        <v>13</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="J25" s="1" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:10">
       <c r="A26" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E26" s="1">
-        <v>3.3</v>
-[...2 lines deleted...]
-        <v>2027</v>
+        <v>4.8</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J26" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="1">
         <v>182500</v>
       </c>
       <c r="F27" s="1">
         <v>2027</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J27" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>62</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>63</v>
       </c>
       <c r="E28" s="1">
         <v>23.8</v>
       </c>
       <c r="F28" s="1">
         <v>2027</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J28" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E29" s="1">
         <v>240000</v>
       </c>
       <c r="F29" s="1">
         <v>2027</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J29" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>67</v>
       </c>
       <c r="E30" s="1">
         <v>31.2</v>
       </c>
       <c r="F30" s="1">
         <v>2027</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J30" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:10">
       <c r="A31" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E31" s="1">
         <v>70810</v>
       </c>
       <c r="F31" s="1">
         <v>2028</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:10">
       <c r="A32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E32" s="1">
         <v>4.6</v>
       </c>
       <c r="F32" s="1">
         <v>2028</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J32" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>72</v>
       </c>
       <c r="E33" s="1">
         <v>4.6</v>
       </c>
       <c r="F33" s="1">
         <v>2028</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:10">
       <c r="A34" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E34" s="1">
         <v>205000</v>
       </c>
       <c r="F34" s="1">
         <v>2029</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J34" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="35" spans="1:10">
       <c r="A35" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>76</v>
       </c>
       <c r="E35" s="1">
         <v>26.7</v>
       </c>
       <c r="F35" s="1">
         <v>2029</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J35" s="1" t="s">
         <v>78</v>
       </c>
@@ -1866,129 +1863,129 @@
       <c r="B38" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="1">
         <v>1460000</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>87</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>84</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>85</v>
       </c>
       <c r="E39" s="1">
         <v>190.104166667</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="1">
         <v>2029</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="1">
         <v>2029</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J41" s="1" t="s">
         <v>77</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">