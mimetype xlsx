--- v4 (2026-01-08)
+++ v5 (2026-01-30)
@@ -86,51 +86,51 @@
   <si>
     <t>2023-06-09</t>
   </si>
   <si>
     <t>2023-10-17</t>
   </si>
   <si>
     <t>Singapore Integrated Waste Management Phase I</t>
   </si>
   <si>
     <t>Singapore</t>
   </si>
   <si>
     <t>Plant</t>
   </si>
   <si>
     <t>2020-04-28</t>
   </si>
   <si>
     <t>2024-06-03</t>
   </si>
   <si>
     <t>2020-09-01</t>
   </si>
   <si>
-    <t>2023-06-07</t>
+    <t>2026-01-21</t>
   </si>
   <si>
     <t>Mumias East</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>2018-06-25</t>
   </si>
   <si>
     <t>2023-12-12</t>
   </si>
   <si>
     <t>Barueri</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>2016-04-12</t>
   </si>
   <si>
     <t>2025-10-17</t>
   </si>
@@ -762,148 +762,148 @@
         <v>20</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J3" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="1">
         <v>37.5</v>
       </c>
-      <c r="F4" s="1">
-        <v>2025</v>
+      <c r="F4" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J4" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="1">
         <v>37.5</v>
       </c>
-      <c r="F5" s="1">
-        <v>2025</v>
+      <c r="F5" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J5" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="1">
         <v>37.5</v>
       </c>
-      <c r="F6" s="1">
-        <v>2025</v>
+      <c r="F6" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J6" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E7" s="1">
         <v>37.5</v>
       </c>
-      <c r="F7" s="1">
-        <v>2025</v>
+      <c r="F7" s="1" t="s">
+        <v>14</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D8" s="1" t="s">